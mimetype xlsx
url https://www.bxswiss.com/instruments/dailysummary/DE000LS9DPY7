--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R263f2e637574432e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73d6aadc3f8543cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra553359c38464fdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35e90b31f53e434e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb270a4bfd2d4990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra553359c38464fdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3ab3e92ebbb4dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35e90b31f53e434e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MB Aktienwerte kompakt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>488,427</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>