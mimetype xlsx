--- v1 (2025-12-20)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73d6aadc3f8543cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44a40dc3d72645ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35e90b31f53e434e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827aecb20a2c4959"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3ab3e92ebbb4dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35e90b31f53e434e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf16e9bf2e18f4c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827aecb20a2c4959" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MB Aktienwerte kompakt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>475,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>474,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>474,244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>471,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>471,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>