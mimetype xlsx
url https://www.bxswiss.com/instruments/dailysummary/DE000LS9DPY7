--- v2 (2026-01-12)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44a40dc3d72645ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4463e6dd97ac4cbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827aecb20a2c4959"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73554975369e471b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf16e9bf2e18f4c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827aecb20a2c4959" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R582e669837a04b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73554975369e471b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MB Aktienwerte kompakt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>517,787</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>