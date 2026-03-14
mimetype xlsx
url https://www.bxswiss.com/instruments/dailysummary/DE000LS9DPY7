--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4463e6dd97ac4cbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4923cc4ce8a44a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73554975369e471b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb00fff16fc044cc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R582e669837a04b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73554975369e471b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R515cd610ff654b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb00fff16fc044cc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MB Aktienwerte kompakt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>473,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>474,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>470,943</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>490,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>