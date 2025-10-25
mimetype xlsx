--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d44d137138b48c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8691e4beec0450b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4acd70cb55d84d89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f5a7b741dc04f0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd5892edb6c49cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4acd70cb55d84d89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd448c56bfea347f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f5a7b741dc04f0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheitstechnologen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,151</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>