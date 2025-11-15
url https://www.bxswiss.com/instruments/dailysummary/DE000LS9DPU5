--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8691e4beec0450b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ee9994a4b144818" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f5a7b741dc04f0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9412421529c84d26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd448c56bfea347f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f5a7b741dc04f0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re705a46271f14ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9412421529c84d26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheitstechnologen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>165,090</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,689</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>165,332</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...316 lines deleted...]
-          <x:t>164,691</x:t>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>