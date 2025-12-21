--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ee9994a4b144818" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6114fc565df4c2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9412421529c84d26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b3bcd55089548fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re705a46271f14ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9412421529c84d26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ce7b7972f19426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b3bcd55089548fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheitstechnologen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>168,875</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>