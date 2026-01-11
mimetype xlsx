--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6114fc565df4c2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R578a7596579f49b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b3bcd55089548fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98722bb75b894f73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ce7b7972f19426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b3bcd55089548fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b045b4b58aa440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98722bb75b894f73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheitstechnologen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,482</x:t>
-[...360 lines deleted...]
-          <x:t>173,782</x:t>
+          <x:t>175,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>