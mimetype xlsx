--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R578a7596579f49b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra839519447394e1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98722bb75b894f73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78334f13700d4d0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b045b4b58aa440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98722bb75b894f73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d4b20b0870548d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78334f13700d4d0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheitstechnologen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,990</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>175,682</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>