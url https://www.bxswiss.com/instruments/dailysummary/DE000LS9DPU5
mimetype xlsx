--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra839519447394e1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02d9d6ea2d1d4aa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78334f13700d4d0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfbdc424d99b476c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d4b20b0870548d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78334f13700d4d0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18ff6a8651bc49f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfbdc424d99b476c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheitstechnologen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>