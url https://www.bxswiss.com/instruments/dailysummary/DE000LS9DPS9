--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3aae237704e4325" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41f0f41deb0e4260" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d30dfe8c9054cc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd974d4f25c154d29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b3181503e274898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d30dfe8c9054cc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c402d6da51b4980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd974d4f25c154d29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>168,801</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>