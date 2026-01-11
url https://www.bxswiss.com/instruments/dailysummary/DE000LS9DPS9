--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41f0f41deb0e4260" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56672f6f085345c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd974d4f25c154d29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84e4ba0913224cf5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c402d6da51b4980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd974d4f25c154d29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccd9245cb4834119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84e4ba0913224cf5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>