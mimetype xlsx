--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56672f6f085345c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5be3257c5d904a1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84e4ba0913224cf5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4c040dc94be4848"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccd9245cb4834119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84e4ba0913224cf5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6390227e349c4a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4c040dc94be4848" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>157,950</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>