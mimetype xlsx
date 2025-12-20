--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b8fe65090044757" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa8b7e41530c4589" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3493a2e33eef4244"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62bcd125ffe14083"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37672eb9a3e44393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3493a2e33eef4244" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4620cf57ec174b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62bcd125ffe14083" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Energy001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>118,758</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>