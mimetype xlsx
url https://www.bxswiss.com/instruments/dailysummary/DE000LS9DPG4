--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa8b7e41530c4589" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7440ade5feb94100" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62bcd125ffe14083"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcee98b5095ca4c27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4620cf57ec174b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62bcd125ffe14083" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30e362f545ab426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcee98b5095ca4c27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Energy001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>120,332</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,482</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...273 lines deleted...]
-          <x:t>11.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,314</x:t>
-[...171 lines deleted...]
-          <x:t>120,741</x:t>
+          <x:t>121,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>