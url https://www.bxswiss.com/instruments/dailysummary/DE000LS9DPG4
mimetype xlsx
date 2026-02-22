--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7440ade5feb94100" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd749ba5717a8403a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcee98b5095ca4c27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb795873cf8034b6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30e362f545ab426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcee98b5095ca4c27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31c2d845403a4e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb795873cf8034b6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Energy001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>121,336</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>