--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd749ba5717a8403a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba28b87f639f40dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb795873cf8034b6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref0fd996c4b0420a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31c2d845403a4e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb795873cf8034b6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc34dd79e584e4974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref0fd996c4b0420a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Energy001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>119,657</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,753</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>118,948</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,809</x:t>
-[...85 lines deleted...]
-          <x:t>119,191</x:t>
+          <x:t>119,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>