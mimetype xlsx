--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c8ed7a2a7514c6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re847231d45e449a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76b631338bfa4470"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra60b1d9841e34f39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70fc1877218d463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76b631338bfa4470" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7a33239e2854354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra60b1d9841e34f39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität + Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DNJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,844</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>