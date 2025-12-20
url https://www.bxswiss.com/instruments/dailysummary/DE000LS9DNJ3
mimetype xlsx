--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re847231d45e449a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra537bc53316a443f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra60b1d9841e34f39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb9dad38508844d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7a33239e2854354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra60b1d9841e34f39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c4907caa1c14213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb9dad38508844d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität + Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DNJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>213,063</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>