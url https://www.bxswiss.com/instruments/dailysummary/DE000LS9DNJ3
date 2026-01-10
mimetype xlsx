--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra537bc53316a443f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R929aa12e80c940c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb9dad38508844d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23a9113e76534b68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c4907caa1c14213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb9dad38508844d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a5cc45d1cbf470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23a9113e76534b68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität + Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DNJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>