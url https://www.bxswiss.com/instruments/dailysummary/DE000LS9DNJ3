--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R929aa12e80c940c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1790f90510e242ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23a9113e76534b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a61a32cabb64f33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a5cc45d1cbf470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23a9113e76534b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f1c1040fb54207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a61a32cabb64f33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität + Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DNJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>222,086</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>