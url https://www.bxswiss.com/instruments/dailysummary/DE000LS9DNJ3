--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1790f90510e242ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd597d7b5d234a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a61a32cabb64f33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbcc3fd57771499f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f1c1040fb54207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a61a32cabb64f33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80486e5652ca4358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbcc3fd57771499f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität + Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DNJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>