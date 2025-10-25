--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f5071092fb44190" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35b5140c86334d63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a0f3169205f4ca3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7984e80291794aad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d16b1594bdf4ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a0f3169205f4ca3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48335278246f4503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7984e80291794aad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DNC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>