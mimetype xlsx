--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35b5140c86334d63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R601987d296574208" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7984e80291794aad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R166b53bae7b346ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48335278246f4503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7984e80291794aad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7db82d2e4d6241ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R166b53bae7b346ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DNC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>177,153</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>