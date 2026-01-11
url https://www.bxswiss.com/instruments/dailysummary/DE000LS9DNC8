--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R601987d296574208" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06dcb8ed9e03494b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R166b53bae7b346ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd332b54b3b084cee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7db82d2e4d6241ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R166b53bae7b346ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbd41d8d3e3845ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd332b54b3b084cee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DNC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>