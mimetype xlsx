--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06dcb8ed9e03494b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R885e4bf9f7644557" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd332b54b3b084cee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdca75c6833824ec5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbd41d8d3e3845ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd332b54b3b084cee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ecb7a8890844aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdca75c6833824ec5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DNC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>175,176</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>