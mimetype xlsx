--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R885e4bf9f7644557" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c4913a23e22485f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdca75c6833824ec5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54e59027336c4933"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ecb7a8890844aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdca75c6833824ec5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaf37e85095f46a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54e59027336c4933" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DNC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>