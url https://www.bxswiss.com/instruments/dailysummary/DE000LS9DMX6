--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a3205878df244a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd97e9f2156c74679" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R630ebe6f770940f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62e1e21daf0241ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4493f875539d47eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R630ebe6f770940f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e34960bbfa24e9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62e1e21daf0241ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Strategie 2014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DMX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>246,678</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>