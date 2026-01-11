--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd97e9f2156c74679" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca8815945934e4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62e1e21daf0241ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86aa02577c82468a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e34960bbfa24e9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62e1e21daf0241ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45a99e631aae4949" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86aa02577c82468a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Strategie 2014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DMX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>