--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca8815945934e4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce36bc5938f849af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86aa02577c82468a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30dcbb238ef04028"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45a99e631aae4949" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86aa02577c82468a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf702a3ca5ead4797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30dcbb238ef04028" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Strategie 2014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DMX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>249,209</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,726</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>