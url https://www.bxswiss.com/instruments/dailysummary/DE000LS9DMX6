--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce36bc5938f849af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b80e573ea91463f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30dcbb238ef04028"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0199d226a174e64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf702a3ca5ead4797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30dcbb238ef04028" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ba1413996884c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0199d226a174e64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Strategie 2014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DMX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>