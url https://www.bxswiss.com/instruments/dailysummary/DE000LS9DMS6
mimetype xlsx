--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc52f0cda9c8140e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7151a690f61843d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re60d5ae2156d42e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfd5dfb83baa4f1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6daaea0debca4a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re60d5ae2156d42e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5874051e72594d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfd5dfb83baa4f1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsstarke Weltmarktfuehrer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DMS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>