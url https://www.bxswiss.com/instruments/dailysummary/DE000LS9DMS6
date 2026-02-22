--- v1 (2025-10-25)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7151a690f61843d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re684c00c0ab54d41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfd5dfb83baa4f1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4865767283749d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5874051e72594d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfd5dfb83baa4f1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf724054283184621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4865767283749d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsstarke Weltmarktfuehrer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DMS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>233,820</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>