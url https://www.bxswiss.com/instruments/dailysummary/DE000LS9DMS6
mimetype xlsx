--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re684c00c0ab54d41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f8b7b3aa3cf42a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4865767283749d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3862ed2903fd4854"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf724054283184621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4865767283749d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9d9d3d9f1724849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3862ed2903fd4854" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsstarke Weltmarktfuehrer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DMS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>