--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra937d6083b5d48fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb439f38a6804625" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d1f97e64ab6490f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc215d4e2f1eb4635"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd182f233b44f42b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d1f97e64ab6490f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ac8db84a93d41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc215d4e2f1eb4635" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bio-Health-Tech Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,552</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>