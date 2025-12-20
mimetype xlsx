--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb439f38a6804625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R986e2643c12846da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc215d4e2f1eb4635"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd9d7d735de04b68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ac8db84a93d41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc215d4e2f1eb4635" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc0d69cbcdc2465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd9d7d735de04b68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bio-Health-Tech Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>386,287</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>