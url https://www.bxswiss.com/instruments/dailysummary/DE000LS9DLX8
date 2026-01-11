--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R986e2643c12846da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R026641230cbe4963" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd9d7d735de04b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R158ff6bb53d04a9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc0d69cbcdc2465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd9d7d735de04b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f7236a71b8c444b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R158ff6bb53d04a9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bio-Health-Tech Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,193</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>377,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>