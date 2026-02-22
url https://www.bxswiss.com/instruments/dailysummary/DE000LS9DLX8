--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R026641230cbe4963" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R106646c699dc42d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R158ff6bb53d04a9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fc1af5dd98d4540"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f7236a71b8c444b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R158ff6bb53d04a9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R289c6ed185c749f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fc1af5dd98d4540" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bio-Health-Tech Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>398,525</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>