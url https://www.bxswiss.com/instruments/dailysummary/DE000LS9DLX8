--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R106646c699dc42d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R169c132363e6414c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fc1af5dd98d4540"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4ca9f7785284385"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R289c6ed185c749f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fc1af5dd98d4540" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1c2644191bd4908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4ca9f7785284385" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bio-Health-Tech Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,937</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>