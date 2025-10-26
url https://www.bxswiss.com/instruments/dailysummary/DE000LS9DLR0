--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a7fc197363546e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R614ddec2a21f4e9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e4301a3ae354410"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45ddf1ac59ee4a4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61014dd15886485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e4301a3ae354410" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd322b81f5d9f4019" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45ddf1ac59ee4a4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NestoInvest Sport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>