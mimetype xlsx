--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R614ddec2a21f4e9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b9e30ec31554b13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45ddf1ac59ee4a4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69d3847711fb4962"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd322b81f5d9f4019" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45ddf1ac59ee4a4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a2aef58f5394315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69d3847711fb4962" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NestoInvest Sport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>217,712</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>