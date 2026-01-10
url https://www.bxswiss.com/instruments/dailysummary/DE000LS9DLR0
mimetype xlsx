--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b9e30ec31554b13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4edcd6b100f64425" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69d3847711fb4962"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad65ce9804e5473e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a2aef58f5394315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69d3847711fb4962" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0382a174dac4014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad65ce9804e5473e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NestoInvest Sport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>212,516</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>212,397</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>211,614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,712</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>