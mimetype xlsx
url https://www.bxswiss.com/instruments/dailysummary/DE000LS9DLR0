--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4edcd6b100f64425" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf14a7b916cc34597" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad65ce9804e5473e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R069481ab776c4ea8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0382a174dac4014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad65ce9804e5473e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R436e664403ac4238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R069481ab776c4ea8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NestoInvest Sport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>217,297</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>