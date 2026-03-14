--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf14a7b916cc34597" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red407bb8963240b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R069481ab776c4ea8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4027a2f2408e4ff3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R436e664403ac4238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R069481ab776c4ea8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb92a42f0f5744512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4027a2f2408e4ff3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NestoInvest Sport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>