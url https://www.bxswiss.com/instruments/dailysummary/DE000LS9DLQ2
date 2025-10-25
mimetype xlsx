--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65c53422ebff4818" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3328bb504f944f2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1718868e9f804767"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0016b4e4a5e4c70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d51b6cb4f924594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1718868e9f804767" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb64710d781254fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0016b4e4a5e4c70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Regel Nr. 1: Kein Geld verlieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,377</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>