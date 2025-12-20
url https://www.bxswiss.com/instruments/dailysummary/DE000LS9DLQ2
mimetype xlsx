--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3328bb504f944f2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f090abfda24fc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0016b4e4a5e4c70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbddb24bfdc9b4216"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb64710d781254fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0016b4e4a5e4c70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c4c20116df44d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbddb24bfdc9b4216" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Regel Nr. 1: Kein Geld verlieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>217,055</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>