--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f090abfda24fc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79002b170a93438e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbddb24bfdc9b4216"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c1c80f1adf54d55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c4c20116df44d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbddb24bfdc9b4216" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b6db94572db4ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c1c80f1adf54d55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Regel Nr. 1: Kein Geld verlieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>