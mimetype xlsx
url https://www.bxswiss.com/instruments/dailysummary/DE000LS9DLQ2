--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79002b170a93438e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19c0f353f6444674" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c1c80f1adf54d55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96c935581c9f4f3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b6db94572db4ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c1c80f1adf54d55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02e13dab7b4141dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96c935581c9f4f3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Regel Nr. 1: Kein Geld verlieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>232,149</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>