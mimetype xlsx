--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19c0f353f6444674" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf492440b3b2e4288" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96c935581c9f4f3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5e248954c2f42c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02e13dab7b4141dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96c935581c9f4f3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R654e04f04a264c2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5e248954c2f42c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Regel Nr. 1: Kein Geld verlieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>