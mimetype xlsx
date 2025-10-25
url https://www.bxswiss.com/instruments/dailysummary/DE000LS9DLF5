--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raad63d68b2554ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c8eeb4cc4d34a1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9f4a1ac623a416c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc213bbf6e24243ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15fd90900cd44f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9f4a1ac623a416c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519cdc801bb94578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc213bbf6e24243ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gute &amp; solide Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>384,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,046</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>