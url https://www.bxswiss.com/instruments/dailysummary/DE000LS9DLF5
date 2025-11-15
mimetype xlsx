--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c8eeb4cc4d34a1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1f99dd36c6d42bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc213bbf6e24243ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4f0d2f58ef04412"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519cdc801bb94578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc213bbf6e24243ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reecfe8a788524799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4f0d2f58ef04412" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gute &amp; solide Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>384,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,612</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>