--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1f99dd36c6d42bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bb5f68aeca74d19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4f0d2f58ef04412"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re82861344c624a46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reecfe8a788524799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4f0d2f58ef04412" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cd6b3d3b7f8441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re82861344c624a46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gute &amp; solide Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...500 lines deleted...]
-          <x:t>384,538</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,693</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>375,195</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>