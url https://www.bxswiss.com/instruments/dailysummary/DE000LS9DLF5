--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bb5f68aeca74d19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a304874c49943c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re82861344c624a46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d8c809c954641ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cd6b3d3b7f8441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re82861344c624a46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ae73c94f9594fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d8c809c954641ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gute &amp; solide Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>