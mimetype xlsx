--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a304874c49943c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd77774165a804b6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d8c809c954641ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R603509f93a3e48f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ae73c94f9594fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d8c809c954641ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6be10eab2d374557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R603509f93a3e48f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gute &amp; solide Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>397,375</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>