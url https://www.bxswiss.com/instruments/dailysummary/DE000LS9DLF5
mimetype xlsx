--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd77774165a804b6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ce98d1e9e34186" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R603509f93a3e48f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7451078e0144898"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6be10eab2d374557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R603509f93a3e48f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R946f9c177f9346dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7451078e0144898" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gute &amp; solide Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>371,188</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>377,174</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>378,442</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>