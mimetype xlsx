--- v0 (2025-10-26)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82b3efbda2e4488b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1bfd3fc9b8e4808" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7225a00e03564edd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd39bbee27b9942e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25b39bea756049f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7225a00e03564edd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb299183faa904e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd39bbee27b9942e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ESCON Global Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,577</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>