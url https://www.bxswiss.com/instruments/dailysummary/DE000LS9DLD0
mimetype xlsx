--- v1 (2025-11-15)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1bfd3fc9b8e4808" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e5c9a4924a4363" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd39bbee27b9942e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra03ede2353184c6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb299183faa904e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd39bbee27b9942e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ac98556488c4142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra03ede2353184c6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ESCON Global Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,491 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>186,476</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>