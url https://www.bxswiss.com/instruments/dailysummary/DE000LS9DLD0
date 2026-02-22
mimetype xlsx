--- v2 (2026-01-09)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e5c9a4924a4363" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b482c912c8471c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra03ede2353184c6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R252522961533484c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ac98556488c4142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra03ede2353184c6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a1acc3b71f94ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R252522961533484c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ESCON Global Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,491 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...458 lines deleted...]
-          <x:t>192,904</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>