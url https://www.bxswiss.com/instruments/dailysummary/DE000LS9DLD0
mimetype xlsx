--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b482c912c8471c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0f749a7a2a14bf6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R252522961533484c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2977b9afb982494f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a1acc3b71f94ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R252522961533484c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R944d84a1c84b4706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2977b9afb982494f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ESCON Global Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>