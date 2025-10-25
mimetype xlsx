--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04bcf0b466d54505" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re39f056e97f64f02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8ab43d666bc49ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea862eece1341fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a98f93982de40d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8ab43d666bc49ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a0f453636e3495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea862eece1341fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Entspannt investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>104,839</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,334</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...273 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,966</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>