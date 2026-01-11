--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re39f056e97f64f02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dc30bcf49f14b59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea862eece1341fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R588e5faff9854a7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a0f453636e3495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea862eece1341fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1175faaff6164917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R588e5faff9854a7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Entspannt investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,326</x:t>
-[...171 lines deleted...]
-          <x:t>102,846</x:t>
+          <x:t>103,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>