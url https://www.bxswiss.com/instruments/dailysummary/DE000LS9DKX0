--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dc30bcf49f14b59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf55d787a5d68472c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R588e5faff9854a7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c0a805a9a424d21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1175faaff6164917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R588e5faff9854a7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0903ee6daecd4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c0a805a9a424d21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Entspannt investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>102,502</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>