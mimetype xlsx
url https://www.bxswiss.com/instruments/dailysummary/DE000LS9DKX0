--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf55d787a5d68472c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83cdedd555714474" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c0a805a9a424d21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58aeb6f6d38b49e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0903ee6daecd4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c0a805a9a424d21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9c9c44b89c4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58aeb6f6d38b49e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Entspannt investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>105,287</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,637</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...573 lines deleted...]
-          <x:t>105,168</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>