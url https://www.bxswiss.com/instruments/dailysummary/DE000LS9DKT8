--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R940af9998f2543bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbd798416d0f4920" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3deb922d3b314fa7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35e72cc37c1b47fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd369d2dd8f1e4ffb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3deb922d3b314fa7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18fbdd738529422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35e72cc37c1b47fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>günstige Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>