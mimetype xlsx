--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbd798416d0f4920" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb8488285b84ed7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35e72cc37c1b47fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49682f82c43446c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18fbdd738529422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35e72cc37c1b47fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8649d672f9f472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49682f82c43446c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>günstige Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>216,813</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>