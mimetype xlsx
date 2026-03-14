--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb8488285b84ed7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93c0834e1ebc4ea5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49682f82c43446c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe67bfc7b7f84317"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8649d672f9f472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49682f82c43446c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6bcfddf44414aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe67bfc7b7f84317" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>günstige Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,434</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>