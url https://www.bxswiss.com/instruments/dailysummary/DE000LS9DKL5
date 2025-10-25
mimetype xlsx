--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R198bc015ceb34998" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b73c21c57084746" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4039d4e33a1241d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30fe408aeaec4cf0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R995216c9484b4483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4039d4e33a1241d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a05e6acce624552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30fe408aeaec4cf0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AzubiAusbau-Strategie II</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>120,325</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,850</x:t>
-[...48 lines deleted...]
-          <x:t>119,976</x:t>
+          <x:t>119,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,047</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>119,053</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>119,894</x:t>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,803</x:t>
-[...215 lines deleted...]
-          <x:t>119,397</x:t>
+          <x:t>119,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>