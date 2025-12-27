--- v1 (2025-10-25)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b73c21c57084746" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fb0b59bbf884d9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30fe408aeaec4cf0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4197b26e71748a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a05e6acce624552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30fe408aeaec4cf0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R441a824fe1de4036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4197b26e71748a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AzubiAusbau-Strategie II</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>118,147</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>