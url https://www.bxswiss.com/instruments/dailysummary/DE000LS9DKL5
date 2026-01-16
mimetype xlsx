--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fb0b59bbf884d9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59f023f0cb0240c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4197b26e71748a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ad001a293574bea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R441a824fe1de4036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4197b26e71748a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c8af35cc0e34a6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ad001a293574bea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AzubiAusbau-Strategie II</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>119,164</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,124</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>121,027</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,996</x:t>
-[...21 lines deleted...]
-          <x:t>120,647</x:t>
+          <x:t>119,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,937</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>119,673</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>