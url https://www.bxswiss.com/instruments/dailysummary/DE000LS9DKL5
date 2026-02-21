--- v3 (2026-01-16)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59f023f0cb0240c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R009f3dfbfa814914" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ad001a293574bea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde6c738cf62b444f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c8af35cc0e34a6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ad001a293574bea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94497cc3cf7d4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde6c738cf62b444f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AzubiAusbau-Strategie II</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,480</x:t>
-[...252 lines deleted...]
-          <x:t>121,174</x:t>
+          <x:t>119,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>