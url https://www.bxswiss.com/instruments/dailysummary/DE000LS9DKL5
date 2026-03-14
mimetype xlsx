--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R009f3dfbfa814914" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb21f2e93c8c04e19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde6c738cf62b444f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68993eb89a50495c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94497cc3cf7d4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde6c738cf62b444f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re06748cd7ab241b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68993eb89a50495c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AzubiAusbau-Strategie II</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>