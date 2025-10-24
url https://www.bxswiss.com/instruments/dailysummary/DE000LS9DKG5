--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2749a81b93444e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6e7a98f22954f88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aa48fb063f14a2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb9aa354b72c4fa7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd87a194ddf8d4ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aa48fb063f14a2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97061e70f70244be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb9aa354b72c4fa7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristig in Konsum-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,569</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>