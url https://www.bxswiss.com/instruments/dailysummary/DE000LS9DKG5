--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6e7a98f22954f88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd73ecdb769714362" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb9aa354b72c4fa7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde5134e7c03b4096"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97061e70f70244be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb9aa354b72c4fa7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R170cd972fcbf4cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde5134e7c03b4096" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristig in Konsum-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>152,577</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,932</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>152,316</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>