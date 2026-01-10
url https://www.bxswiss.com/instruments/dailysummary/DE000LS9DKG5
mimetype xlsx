--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd73ecdb769714362" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f74c7c9ef8748c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde5134e7c03b4096"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c30b9a17a9c4d81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R170cd972fcbf4cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde5134e7c03b4096" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebabfd27461a40a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c30b9a17a9c4d81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristig in Konsum-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>152,588</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,948</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...354 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,041</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>