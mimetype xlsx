--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f74c7c9ef8748c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0496b3a32724170" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c30b9a17a9c4d81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ca20ca3d4264af0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebabfd27461a40a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c30b9a17a9c4d81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23f7986210f1476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ca20ca3d4264af0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristig in Konsum-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>147,473</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,211</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>151,150</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,988</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>