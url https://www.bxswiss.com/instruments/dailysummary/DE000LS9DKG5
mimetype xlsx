--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0496b3a32724170" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb218fa15e46b47e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ca20ca3d4264af0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra21398bf12684336"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23f7986210f1476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ca20ca3d4264af0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04508a880cd84f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra21398bf12684336" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristig in Konsum-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>