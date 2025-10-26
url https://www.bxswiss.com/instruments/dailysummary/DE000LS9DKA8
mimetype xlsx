--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rede12046e2dc4b6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc42b63592bc9481a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb40888b5fbad4d08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75304cdde361455d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5916ad0027db45ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb40888b5fbad4d08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7ff3c642d284a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75304cdde361455d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Immobilienfirmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>180,343</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>180,169</x:t>
-[...21 lines deleted...]
-          <x:t>182,107</x:t>
+          <x:t>180,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>180,973</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>181,830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,671</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>