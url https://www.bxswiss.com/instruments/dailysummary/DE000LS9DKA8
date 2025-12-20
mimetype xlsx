--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc42b63592bc9481a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73949bbf435c4f03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75304cdde361455d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab75f5182d544849"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7ff3c642d284a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75304cdde361455d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60383e348064440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab75f5182d544849" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Immobilienfirmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>185,152</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>