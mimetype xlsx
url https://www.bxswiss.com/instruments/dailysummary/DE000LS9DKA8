--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73949bbf435c4f03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfc74e1c42b34187" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab75f5182d544849"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4c20088a6644917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60383e348064440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab75f5182d544849" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c356f0c0a0645aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4c20088a6644917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Immobilienfirmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>184,976</x:t>
-[...435 lines deleted...]
-        <x:is>
           <x:t>182,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>