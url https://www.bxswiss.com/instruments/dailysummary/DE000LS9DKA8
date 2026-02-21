--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfc74e1c42b34187" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc44406804d964b22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4c20088a6644917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f4a28123a6411a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c356f0c0a0645aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4c20088a6644917" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra38a3598813f4ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f4a28123a6411a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Immobilienfirmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>190,229</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>