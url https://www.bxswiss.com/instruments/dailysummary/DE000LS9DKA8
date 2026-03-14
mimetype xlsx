--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc44406804d964b22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbec8ece25e044400" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f4a28123a6411a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22014cf872824975"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra38a3598813f4ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f4a28123a6411a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83acdb644740447c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22014cf872824975" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Immobilienfirmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,811</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>