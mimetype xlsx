--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6208d8c4f5024c9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R305ca8bf65df411a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R617e3f400fb743e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b377778a7c4b94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d505f3a2bac48a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R617e3f400fb743e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e5e3cdef2a49d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b377778a7c4b94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Marketing Rockstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DJH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>578,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>579,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>575,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>576,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>582,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>582,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>573,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>575,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>