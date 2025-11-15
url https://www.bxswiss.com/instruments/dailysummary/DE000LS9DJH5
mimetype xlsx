--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R305ca8bf65df411a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd73bf1e8eb544b4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b377778a7c4b94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ddf607230c84f3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e5e3cdef2a49d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b377778a7c4b94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78a51306bcbb481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ddf607230c84f3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Marketing Rockstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DJH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>566,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>569,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>561,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>569,455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>576,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>578,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>575,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>576,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>