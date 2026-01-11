--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd73bf1e8eb544b4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2bf0dcc993349a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ddf607230c84f3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bbff9e2af744cc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78a51306bcbb481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ddf607230c84f3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R860a460a201148f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bbff9e2af744cc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Marketing Rockstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DJH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>568,066</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>