--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2bf0dcc993349a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf07fd854defc44d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bbff9e2af744cc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd514599afd8c42e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R860a460a201148f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bbff9e2af744cc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3f83f4c4ad04542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd514599afd8c42e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Marketing Rockstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DJH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>596,461</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>