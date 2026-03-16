--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf07fd854defc44d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36849f0e2f314fe8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd514599afd8c42e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb22e1d738cce4f24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3f83f4c4ad04542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd514599afd8c42e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25fae161db44428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb22e1d738cce4f24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Marketing Rockstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DJH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>534,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>536,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>520,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>520,062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>518,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>522,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>514,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>521,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>