--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5382b84e03614fb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2af82d10e124199" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21de812aebd04d61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R871137da24b84873"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68689425a4aa4a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21de812aebd04d61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73b53b031ab8492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R871137da24b84873" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunity Dividend Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DJF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>