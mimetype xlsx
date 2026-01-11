--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2af82d10e124199" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf57c0a8947d04aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R871137da24b84873"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e51576e89f84b4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73b53b031ab8492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R871137da24b84873" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeb52fabcdb94a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e51576e89f84b4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunity Dividend Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DJF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>202,692</x:t>
-[...333 lines deleted...]
-          <x:t>201,006</x:t>
+          <x:t>202,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>