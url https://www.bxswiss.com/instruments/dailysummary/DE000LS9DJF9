--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf57c0a8947d04aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R010de606a8e14a0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e51576e89f84b4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01788789ea544204"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeb52fabcdb94a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e51576e89f84b4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2873fc817c774ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01788789ea544204" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunity Dividend Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DJF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>204,495</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>