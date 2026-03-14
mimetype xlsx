--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R010de606a8e14a0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae4c5666b99e47ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01788789ea544204"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea814933c5d24098"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2873fc817c774ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01788789ea544204" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14f2d17124e44ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea814933c5d24098" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunity Dividend Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DJF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,492</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>