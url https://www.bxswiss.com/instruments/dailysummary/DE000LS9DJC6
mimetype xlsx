--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf48f5828a6314186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R544768b882584db6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2f3e384402b4711"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R225c3fd42cfe4577"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf988c6e8a37d41c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2f3e384402b4711" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra82d1bd7056f4925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R225c3fd42cfe4577" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationales Parkett</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DJC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>94,765</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,737</x:t>
-[...485 lines deleted...]
-          <x:t>94,730</x:t>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>