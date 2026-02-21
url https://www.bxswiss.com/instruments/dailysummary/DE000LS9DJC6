--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R544768b882584db6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb74c9fe25624300" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R225c3fd42cfe4577"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R158dfd7095c74728"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra82d1bd7056f4925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R225c3fd42cfe4577" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40d72b90c0b24956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R158dfd7095c74728" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationales Parkett</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DJC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>94,367</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>