--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb74c9fe25624300" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re33bb1b1317946f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R158dfd7095c74728"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e1ccb6588634509"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40d72b90c0b24956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R158dfd7095c74728" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re681f19d6343407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e1ccb6588634509" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationales Parkett</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DJC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>