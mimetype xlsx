--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44a864920b2e4b6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R549f61119196468b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04f53ed1a9594a77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25ade97451dd40f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3e952dd327642d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04f53ed1a9594a77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83597b36f13d45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25ade97451dd40f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Brand Values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>404,049</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>