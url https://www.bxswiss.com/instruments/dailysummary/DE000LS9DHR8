--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R549f61119196468b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30270c22baa84541" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25ade97451dd40f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c58d9db838d4b94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83597b36f13d45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25ade97451dd40f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c00ec8d0d794d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c58d9db838d4b94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Brand Values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>412,670</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>409,545</x:t>
-[...516 lines deleted...]
-        <x:is>
           <x:t>426,263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>425,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>427,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>