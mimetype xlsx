--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30270c22baa84541" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f2b39529f4741b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c58d9db838d4b94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7d74f61e98547d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c00ec8d0d794d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c58d9db838d4b94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6468677565f4fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7d74f61e98547d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Brand Values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>431,936</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,248</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>439,730</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>