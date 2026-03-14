--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f2b39529f4741b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R851494ab451043ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7d74f61e98547d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037e651c78b54cc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6468677565f4fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7d74f61e98547d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf51fd09df2a4737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037e651c78b54cc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Brand Values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>433,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,932</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>433,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>