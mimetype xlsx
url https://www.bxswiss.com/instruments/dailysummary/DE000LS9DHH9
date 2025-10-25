--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0366cfba4ca7459e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e6f7a8232464d60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dc29ea8dc4c4f38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra79941fce0f14e60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d2c6a8dbe814d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dc29ea8dc4c4f38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72344032df254740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra79941fce0f14e60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vienna Value Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>97,465</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,338</x:t>
-[...458 lines deleted...]
-          <x:t>97,633</x:t>
+          <x:t>97,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>