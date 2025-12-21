--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e6f7a8232464d60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52b143feafb54a63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra79941fce0f14e60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc586400862d42da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72344032df254740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra79941fce0f14e60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R415368b080304a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc586400862d42da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vienna Value Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>97,340</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,423</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>97,185</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,493</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>96,527</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>