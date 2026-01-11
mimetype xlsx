--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52b143feafb54a63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6edf76fe65554dd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc586400862d42da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f3c505097a443ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R415368b080304a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc586400862d42da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d020883a11b4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f3c505097a443ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vienna Value Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>97,494</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,609</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>03.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,786</x:t>
-[...26 lines deleted...]
-          <x:t>98,015</x:t>
+          <x:t>97,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,957</x:t>
-[...33 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>97,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,065</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>97,609</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>