--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6edf76fe65554dd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80fc5f73fc834435" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f3c505097a443ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8809b29be0564e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d020883a11b4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f3c505097a443ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d6af1a7982a4fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8809b29be0564e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vienna Value Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,467</x:t>
-[...198 lines deleted...]
-          <x:t>97,976</x:t>
+          <x:t>96,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>