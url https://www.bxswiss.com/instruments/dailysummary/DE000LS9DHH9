--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80fc5f73fc834435" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19e77d276ad14c29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8809b29be0564e69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b492dc878f64d22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d6af1a7982a4fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8809b29be0564e69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R834019389dd846d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b492dc878f64d22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vienna Value Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,890</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>96,746</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,091</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>04.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,161</x:t>
-[...16 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>97,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,379</x:t>
-[...306 lines deleted...]
-          <x:t>97,326</x:t>
+          <x:t>97,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>