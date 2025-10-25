--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54981f6ab9294be7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R867c346ae9414f8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6225b1da0f624651"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55201cce79f74a4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb0487d01f6d46ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6225b1da0f624651" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6429fe6cbd89489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55201cce79f74a4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MB Aktienwerte global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>