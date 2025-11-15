--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R867c346ae9414f8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b84ccf975cf42b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55201cce79f74a4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6877f3da8f5d40eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6429fe6cbd89489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55201cce79f74a4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63fdfc1d35204ddf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6877f3da8f5d40eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MB Aktienwerte global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>204,972</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>204,467</x:t>
-[...178 lines deleted...]
-          <x:t>207,183</x:t>
+          <x:t>205,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,237</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...354 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>