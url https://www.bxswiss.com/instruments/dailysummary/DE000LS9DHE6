--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b84ccf975cf42b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R369b3bba996f4c64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6877f3da8f5d40eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd63ff834f034ab2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63fdfc1d35204ddf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6877f3da8f5d40eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f9d17ec74d34bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd63ff834f034ab2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MB Aktienwerte global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>213,244</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>