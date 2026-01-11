--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R369b3bba996f4c64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R955410be714c4b62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd63ff834f034ab2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c9f1190afab4609"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f9d17ec74d34bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd63ff834f034ab2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R988c2a1b47c54df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c9f1190afab4609" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MB Aktienwerte global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>