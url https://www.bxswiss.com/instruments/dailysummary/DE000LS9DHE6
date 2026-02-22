--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R955410be714c4b62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c1d38344694444" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c9f1190afab4609"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf9ac9812bc44d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R988c2a1b47c54df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c9f1190afab4609" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13302464ddc24134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf9ac9812bc44d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MB Aktienwerte global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>225,079</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>