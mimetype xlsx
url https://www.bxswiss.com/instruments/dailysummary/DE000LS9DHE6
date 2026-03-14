--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c1d38344694444" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R055d91ce239c478b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf9ac9812bc44d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R501bbf2b76f34a6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13302464ddc24134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf9ac9812bc44d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00892678e94347b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R501bbf2b76f34a6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MB Aktienwerte global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,917</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>