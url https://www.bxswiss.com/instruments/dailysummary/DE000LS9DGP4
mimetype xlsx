--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeda72bacb704a35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7a74e7437034db7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a7c551fd5ee4aa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb037a02ca32e4652"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfa4edaf914f44c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a7c551fd5ee4aa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ec4d2cb75804701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb037a02ca32e4652" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Asiatische Internet Explosion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DGP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>189,753</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>188,737</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>190,022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,414</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>