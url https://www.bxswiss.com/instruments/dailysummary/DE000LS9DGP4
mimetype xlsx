--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7a74e7437034db7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcc7fba10f424953" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb037a02ca32e4652"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb95173c0686b4332"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ec4d2cb75804701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb037a02ca32e4652" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e5eecba90614a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb95173c0686b4332" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Asiatische Internet Explosion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DGP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>191,833</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>