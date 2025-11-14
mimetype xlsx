--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8da403128c42e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re904788938f24a49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra355c8008a094feb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb65d07b34b64cbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe4c445036f64b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra355c8008a094feb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32d47f8b00fc4c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb65d07b34b64cbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Marken Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>239,437</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>