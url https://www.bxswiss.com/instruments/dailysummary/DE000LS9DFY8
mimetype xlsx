--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re904788938f24a49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29fe5d81973b4be4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb65d07b34b64cbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78ba0320c6244bdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32d47f8b00fc4c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb65d07b34b64cbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90269c4cec344202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78ba0320c6244bdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Marken Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...446 lines deleted...]
-          <x:t>234,629</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,953</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>232,784</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>