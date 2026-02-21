--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29fe5d81973b4be4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebbc5e85416e4450" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78ba0320c6244bdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaabe79c73724eef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90269c4cec344202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78ba0320c6244bdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc70bf7bf456946c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaabe79c73724eef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Marken Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>232,954</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>243,348</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>