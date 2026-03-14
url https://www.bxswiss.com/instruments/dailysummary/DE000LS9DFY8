--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebbc5e85416e4450" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dee0dc9f93e4709" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaabe79c73724eef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbedaf9382fc4faa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc70bf7bf456946c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaabe79c73724eef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30c9e8e87c3041b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbedaf9382fc4faa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Marken Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>