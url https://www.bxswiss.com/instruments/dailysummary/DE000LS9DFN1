--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52a3bae2c4d249e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b2d9b553570441c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d0a0fbb1e9e401a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7cf204744954e3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38e7af7a5f2642c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d0a0fbb1e9e401a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4b2c7b96f94fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7cf204744954e3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitativ nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...490 lines deleted...]
-          <x:t>207,651</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,474</x:t>
-[...139 lines deleted...]
-          <x:t>205,738</x:t>
+          <x:t>209,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>