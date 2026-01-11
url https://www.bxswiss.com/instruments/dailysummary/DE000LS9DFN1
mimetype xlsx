--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b2d9b553570441c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd60dcd661d8a440b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7cf204744954e3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R824c629f2c3348b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4b2c7b96f94fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7cf204744954e3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f9b0a5eb5914ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R824c629f2c3348b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitativ nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>