--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd60dcd661d8a440b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b203d2f115d4a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R824c629f2c3348b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R764c80f2a3464d69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f9b0a5eb5914ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R824c629f2c3348b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbf2450a48564fec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R764c80f2a3464d69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitativ nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>208,592</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,490</x:t>
-[...377 lines deleted...]
-          <x:t>206,854</x:t>
+          <x:t>206,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>