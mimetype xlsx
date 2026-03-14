--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b203d2f115d4a23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7400a3e6e8b14a98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R764c80f2a3464d69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R290145df2d3042b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbf2450a48564fec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R764c80f2a3464d69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95e3406e8ce349a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R290145df2d3042b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitativ nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>