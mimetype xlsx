--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0cfba6317ee4936" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f76c267baf84a9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6c5cae144ee41ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bef4f36ec144585"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82e0b3f50a094efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6c5cae144ee41ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41f25f0c71f3457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bef4f36ec144585" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Social Responsibility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>