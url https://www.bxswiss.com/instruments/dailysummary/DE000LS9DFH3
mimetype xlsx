--- v1 (2025-10-24)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f76c267baf84a9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfed82ef4e80c4d21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bef4f36ec144585"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7a21d5201fc4f07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41f25f0c71f3457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bef4f36ec144585" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf936a5f0b6ab4368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7a21d5201fc4f07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Social Responsibility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>154,208</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>