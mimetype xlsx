--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfed82ef4e80c4d21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8f472d354cb4ad7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7a21d5201fc4f07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea08377a8d746e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf936a5f0b6ab4368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7a21d5201fc4f07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26a3f0b564314753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea08377a8d746e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Social Responsibility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>155,599</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>