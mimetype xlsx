--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8f472d354cb4ad7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R198927de5ca7429b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea08377a8d746e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41f73313262443f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26a3f0b564314753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea08377a8d746e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5e4fd06d1224738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41f73313262443f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Social Responsibility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>144,799</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,511</x:t>
-[...274 lines deleted...]
-          <x:t>146,586</x:t>
+          <x:t>144,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>