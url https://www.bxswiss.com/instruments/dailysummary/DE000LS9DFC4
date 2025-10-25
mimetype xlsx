--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d325f77a5374990" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ad1f66550f94158" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93ba6f155af54309"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1c293594bf8441d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R829ef1e9ea6a473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93ba6f155af54309" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5be46d11f6ab4a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1c293594bf8441d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mr. Right New Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,918</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>422,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>