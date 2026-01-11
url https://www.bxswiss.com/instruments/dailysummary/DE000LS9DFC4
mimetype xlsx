--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ad1f66550f94158" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf49a77e515094599" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1c293594bf8441d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dfbc7ed5e104518"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5be46d11f6ab4a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1c293594bf8441d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R448563920bcf40b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dfbc7ed5e104518" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mr. Right New Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>426,291</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>