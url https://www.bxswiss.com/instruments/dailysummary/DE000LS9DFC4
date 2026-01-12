--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf49a77e515094599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4291e9dfcc144024" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dfbc7ed5e104518"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R883140243bbf4593"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R448563920bcf40b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dfbc7ed5e104518" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3719d97977145bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R883140243bbf4593" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mr. Right New Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>445,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>447,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>