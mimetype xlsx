--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4291e9dfcc144024" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec1f634c9834a1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R883140243bbf4593"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd528a9c1e2e74fef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3719d97977145bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R883140243bbf4593" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80474ba585bc4af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd528a9c1e2e74fef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mr. Right New Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>467,107</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>