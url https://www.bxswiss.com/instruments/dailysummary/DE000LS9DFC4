--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec1f634c9834a1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0a12679bd174fd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd528a9c1e2e74fef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cc38dd480594be8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80474ba585bc4af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd528a9c1e2e74fef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R071bdacb55a84b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cc38dd480594be8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mr. Right New Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>402,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,292</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>