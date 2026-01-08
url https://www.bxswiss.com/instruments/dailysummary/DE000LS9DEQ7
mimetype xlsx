--- v0 (2025-10-02)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3486e73edc54578" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R917431c2e8d34d9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a74b17aa6b84f3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52d3d7d6a30a4632"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd44a0c69bbf4487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a74b17aa6b84f3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R400abc6d4f784b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52d3d7d6a30a4632" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DifferentWays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DEQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>243,844</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>