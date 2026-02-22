--- v1 (2026-01-08)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R917431c2e8d34d9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R758d963a39634935" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52d3d7d6a30a4632"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R716b241907504c54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R400abc6d4f784b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52d3d7d6a30a4632" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1541843a146543b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R716b241907504c54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DifferentWays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DEQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>283,099</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,236</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>297,924</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>