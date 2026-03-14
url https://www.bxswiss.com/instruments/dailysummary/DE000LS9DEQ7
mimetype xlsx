--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R758d963a39634935" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3aa60316df4435a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R716b241907504c54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re70689861b51406d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1541843a146543b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R716b241907504c54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ab15ce795a3472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re70689861b51406d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DifferentWays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DEQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>