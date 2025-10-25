--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd216c087484778" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5ea2dafc71d4cc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46c7a95f78694dec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53a337d243d044ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ac6223b32164dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46c7a95f78694dec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43f12115a67542a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53a337d243d044ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Start Up Pokerpro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DEN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,120</x:t>
-[...603 lines deleted...]
-          <x:t>66,834</x:t>
+          <x:t>65,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>