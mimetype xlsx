--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5ea2dafc71d4cc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e5f74dbc0044544" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53a337d243d044ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d55383a81f47b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43f12115a67542a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53a337d243d044ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0dde598638d4e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d55383a81f47b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Start Up Pokerpro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DEN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>64,487</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>