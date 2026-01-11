--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e5f74dbc0044544" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e1156fdb4c54a7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d55383a81f47b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae5900b859364aab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0dde598638d4e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d55383a81f47b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b0f62df6db34b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae5900b859364aab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Start Up Pokerpro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DEN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>61,020</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...505 lines deleted...]
-          <x:t>60,981</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,267</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>