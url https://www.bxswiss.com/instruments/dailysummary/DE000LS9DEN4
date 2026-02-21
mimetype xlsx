--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e1156fdb4c54a7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red4751344462415e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae5900b859364aab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cf166589f3e4a8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b0f62df6db34b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae5900b859364aab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a51178f07d54ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cf166589f3e4a8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Start Up Pokerpro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DEN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>61,267</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>