--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red4751344462415e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R404326228d2f4ad1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cf166589f3e4a8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea46387f3dc546bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a51178f07d54ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cf166589f3e4a8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4603c6c24994dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea46387f3dc546bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Start Up Pokerpro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DEN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>