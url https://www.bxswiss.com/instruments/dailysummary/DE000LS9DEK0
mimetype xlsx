--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff5cda44d77c424f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21fc1ef348394f14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R116e19153e544184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fff2a40308b480e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c7b4384f9cd4f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R116e19153e544184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R763d7bd325aa42f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fff2a40308b480e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMRT DE Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DEK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>236,335</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>236,267</x:t>
-[...485 lines deleted...]
-          <x:t>236,248</x:t>
+          <x:t>235,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>