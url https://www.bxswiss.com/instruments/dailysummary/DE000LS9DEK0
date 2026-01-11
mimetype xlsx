--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21fc1ef348394f14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada2a77d3683433e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fff2a40308b480e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84e8b6ea5c62409d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R763d7bd325aa42f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fff2a40308b480e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c0deddecab04eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84e8b6ea5c62409d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMRT DE Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DEK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>