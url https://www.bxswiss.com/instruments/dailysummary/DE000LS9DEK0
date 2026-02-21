--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada2a77d3683433e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e727be7b5624c90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84e8b6ea5c62409d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae120e359de94f02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c0deddecab04eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84e8b6ea5c62409d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1a6881faa074d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae120e359de94f02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMRT DE Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DEK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>235,273</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>