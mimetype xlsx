--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e727be7b5624c90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re97756cf08b24742" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae120e359de94f02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23eea0cad30443be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1a6881faa074d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae120e359de94f02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a5cdfcf5e9544dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23eea0cad30443be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMRT DE Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DEK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>