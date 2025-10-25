--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a98c810d2864599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0258e2b87ac43dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R888fd8d4d43749b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b7905c920a342d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R527e57af6ff9492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R888fd8d4d43749b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2959e08d851b4fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b7905c920a342d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Industrietitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,513</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>