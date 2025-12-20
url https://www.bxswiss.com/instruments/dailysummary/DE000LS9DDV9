--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0258e2b87ac43dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33c05661bbd3466b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b7905c920a342d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb11ccf7f760c4448"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2959e08d851b4fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b7905c920a342d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e244bd622b34689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb11ccf7f760c4448" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Industrietitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>201,830</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>