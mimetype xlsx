--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33c05661bbd3466b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1a5698345f242e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb11ccf7f760c4448"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71b0d05dbbe54792"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e244bd622b34689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb11ccf7f760c4448" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b1df2d4f7874163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71b0d05dbbe54792" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Industrietitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,388 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...336 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -724,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,992</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>