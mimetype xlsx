--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1a5698345f242e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd037f90bea445f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71b0d05dbbe54792"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R767ab74a91df40c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b1df2d4f7874163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71b0d05dbbe54792" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R040b0854879c444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R767ab74a91df40c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Industrietitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>219,992</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>