--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd037f90bea445f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd122b40f75c84198" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R767ab74a91df40c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57eab192bd7d4324"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R040b0854879c444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R767ab74a91df40c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b834a5f5d6f4715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57eab192bd7d4324" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Industrietitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>