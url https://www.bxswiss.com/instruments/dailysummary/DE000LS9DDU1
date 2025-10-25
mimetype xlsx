--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57cbb63d958d4016" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5919501f4b94d44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6573e93c4994d88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45463bc709194391"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R515a3d7a9c4643e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6573e93c4994d88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15723fce115d4101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45463bc709194391" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>General Need</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>