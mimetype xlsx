--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5919501f4b94d44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R716c6f7a402a4174" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45463bc709194391"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1257677858b480d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15723fce115d4101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45463bc709194391" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re63b2e26b3494f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1257677858b480d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>General Need</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>246,590</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>