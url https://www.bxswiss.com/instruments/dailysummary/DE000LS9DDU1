--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R716c6f7a402a4174" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d84c6bccd8b4aa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1257677858b480d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R741c04735eae4d5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re63b2e26b3494f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1257677858b480d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55a8ade6af5c4511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R741c04735eae4d5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>General Need</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>252,763</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>251,709</x:t>
-[...31 lines deleted...]
-          <x:t>255,199</x:t>
+          <x:t>255,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>