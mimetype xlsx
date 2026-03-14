--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d84c6bccd8b4aa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb33d38c6149f4e59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R741c04735eae4d5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab01a79255c54ae7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55a8ade6af5c4511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R741c04735eae4d5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc78d34b28e54010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab01a79255c54ae7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>General Need</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>254,851</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>251,224</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>258,647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,714</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>