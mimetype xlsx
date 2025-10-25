--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re43c473cd0df4b29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2bff42d9bac4a72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R713c2400c695477a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7578d254dd574730"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R262b55c9514a4e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R713c2400c695477a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b8f6150f4a24437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7578d254dd574730" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround der Weltfirmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>