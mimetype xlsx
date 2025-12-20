--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2bff42d9bac4a72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5e75f1cd0c44cab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7578d254dd574730"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redce8fa42221409b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b8f6150f4a24437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7578d254dd574730" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7147b393ec74ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redce8fa42221409b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround der Weltfirmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,732</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...632 lines deleted...]
-          <x:t>247,344</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>