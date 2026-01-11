--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5e75f1cd0c44cab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R274219ece0a845f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redce8fa42221409b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e3b22e76a6e4c97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7147b393ec74ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redce8fa42221409b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re596f2ec2f184098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e3b22e76a6e4c97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround der Weltfirmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>237,314</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,719</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>241,540</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>