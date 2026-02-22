--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R274219ece0a845f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c3ce2690a044bf8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e3b22e76a6e4c97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88e7aab80cbf4382"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re596f2ec2f184098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e3b22e76a6e4c97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf7e1d4fc38a4699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88e7aab80cbf4382" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround der Weltfirmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>256,516</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>