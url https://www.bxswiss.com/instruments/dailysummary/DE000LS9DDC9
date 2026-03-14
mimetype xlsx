--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c3ce2690a044bf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeaf36d294a04eca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88e7aab80cbf4382"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31f55aad5a3f4a07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf7e1d4fc38a4699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88e7aab80cbf4382" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b94c3978dbb4fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31f55aad5a3f4a07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround der Weltfirmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>