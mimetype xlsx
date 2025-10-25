--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R126a5a2084f94a51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963edabab9814100" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc6b2787e2734092"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82a55216368a4af3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R760127f982bb4bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc6b2787e2734092" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5ba68781ccf4251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82a55216368a4af3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Growth-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>