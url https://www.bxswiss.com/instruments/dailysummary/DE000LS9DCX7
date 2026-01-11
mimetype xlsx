--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963edabab9814100" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R311d2e2fae954526" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82a55216368a4af3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0affad8e41394ca1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5ba68781ccf4251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82a55216368a4af3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5077038ee9684f6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0affad8e41394ca1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Growth-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>240,089</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,814</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>238,521</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>