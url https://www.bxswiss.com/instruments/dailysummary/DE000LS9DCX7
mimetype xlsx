--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R311d2e2fae954526" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R546490525ab44746" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0affad8e41394ca1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cdc1906a71e41bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5077038ee9684f6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0affad8e41394ca1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc32ef251e2b426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cdc1906a71e41bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Growth-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>246,615</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>