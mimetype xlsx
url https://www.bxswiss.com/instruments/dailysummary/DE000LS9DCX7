--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R546490525ab44746" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc10cd6cc5e464f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cdc1906a71e41bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6d2302318af49fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc32ef251e2b426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cdc1906a71e41bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45932bdba5974c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6d2302318af49fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Growth-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>