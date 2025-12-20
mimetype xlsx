--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45fc2621ea7947da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51d75cd608f744cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d4e3db488914b9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6723d1c6f7af4fb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f3e7b77c3e6401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d4e3db488914b9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R757001e966dd45f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6723d1c6f7af4fb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Invest+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>219,314</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...396 lines deleted...]
-          <x:t>219,065</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>219,042</x:t>
-[...193 lines deleted...]
-          <x:t>218,616</x:t>
+          <x:t>219,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>