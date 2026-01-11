--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51d75cd608f744cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R733ca3044a0e4baf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6723d1c6f7af4fb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4685f18171624c68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R757001e966dd45f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6723d1c6f7af4fb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81c7ffbbf3f9440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4685f18171624c68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Invest+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>