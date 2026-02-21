--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R733ca3044a0e4baf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0849dd8e86b242b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4685f18171624c68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ec5a805c1a548cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81c7ffbbf3f9440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4685f18171624c68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47d53351b4354db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ec5a805c1a548cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Invest+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>219,623</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>219,091</x:t>
-[...166 lines deleted...]
-          <x:t>222,019</x:t>
+          <x:t>218,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>