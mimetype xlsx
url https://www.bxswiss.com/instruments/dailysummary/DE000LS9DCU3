--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0849dd8e86b242b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R660b77feb22e4a7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ec5a805c1a548cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb733e1396134474"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47d53351b4354db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ec5a805c1a548cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fabac4de9f14685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb733e1396134474" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Invest+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>