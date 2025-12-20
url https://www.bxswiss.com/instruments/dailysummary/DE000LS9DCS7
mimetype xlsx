--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b034140aeaf462e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R882237fecfb443a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd612263757714797"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8ad4cb849d34ceb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R161434c6485d4be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd612263757714797" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5813cda1c43a404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8ad4cb849d34ceb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Dividend Growth Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>176,213</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>