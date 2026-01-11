--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R882237fecfb443a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3bcc48b98a94cf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8ad4cb849d34ceb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3add6f48bb249d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5813cda1c43a404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8ad4cb849d34ceb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf1dcb21b9a5432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3add6f48bb249d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Dividend Growth Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>170,905</x:t>
-[...404 lines deleted...]
-          <x:t>168,705</x:t>
+          <x:t>167,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,521</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>168,521</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>