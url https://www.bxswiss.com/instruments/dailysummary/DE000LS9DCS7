--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3bcc48b98a94cf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra98a3da0a8c44338" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3add6f48bb249d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d97ee0bb5254670"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf1dcb21b9a5432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3add6f48bb249d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d495e124cc34af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d97ee0bb5254670" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Dividend Growth Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>171,327</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>