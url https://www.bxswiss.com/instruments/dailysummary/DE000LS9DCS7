--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra98a3da0a8c44338" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a613f621100498d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d97ee0bb5254670"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a06a62b27ee4488"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d495e124cc34af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d97ee0bb5254670" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b2ce84962ef4e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a06a62b27ee4488" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Dividend Growth Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>