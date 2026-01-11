--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fdc0f7219764454" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57d51a1c81544682" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R708e4ba29dc140ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1224a43a3bdf4aec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc6f4c3e3efe4fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R708e4ba29dc140ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f4c49466c96486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1224a43a3bdf4aec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Aristocrats S&amp;P-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>193,024</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>