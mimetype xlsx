--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57d51a1c81544682" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad0814d0b63a4040" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1224a43a3bdf4aec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R035c49183113402e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f4c49466c96486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1224a43a3bdf4aec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a085484455a49b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R035c49183113402e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Aristocrats S&amp;P-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>197,837</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>