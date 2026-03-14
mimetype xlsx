--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad0814d0b63a4040" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b5848ccee0743c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R035c49183113402e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebfe7ab214524cfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a085484455a49b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R035c49183113402e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14e2a359d3674762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebfe7ab214524cfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Aristocrats S&amp;P-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>