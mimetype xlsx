--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bca60a3017247cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bedd4587f63467a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e4b85c5bd4b4fb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c143a294dd14abe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd15fa03e8a89471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e4b85c5bd4b4fb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d2de86c088e4157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c143a294dd14abe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>S&amp;P500-Werte Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,406</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>