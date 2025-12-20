--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bedd4587f63467a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re64d71d8dfe64ac0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c143a294dd14abe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6e9125740f34558"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d2de86c088e4157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c143a294dd14abe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6671fe9350244e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6e9125740f34558" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>S&amp;P500-Werte Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>246,807</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>