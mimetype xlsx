--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re64d71d8dfe64ac0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70891a8cdcae4464" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6e9125740f34558"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R514acb2d510f4929"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6671fe9350244e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6e9125740f34558" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7b082efc01e42bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R514acb2d510f4929" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>S&amp;P500-Werte Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,734</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>