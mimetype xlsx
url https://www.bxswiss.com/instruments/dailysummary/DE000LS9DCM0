--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70891a8cdcae4464" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37b4b99f21ea4b15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R514acb2d510f4929"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2bf7b8adb914e33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7b082efc01e42bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R514acb2d510f4929" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5dc3a3172204d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2bf7b8adb914e33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>S&amp;P500-Werte Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>274,076</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>