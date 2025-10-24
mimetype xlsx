--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra64c451757c54008" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R659aed60e42440f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9460f0625884916"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f42c95468084146"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfddeb71c615b4f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9460f0625884916" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bc3e29c9f334a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f42c95468084146" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DBT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>107,947</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,915</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>107,835</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>107,961</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>