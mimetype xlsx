--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R659aed60e42440f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0528117376274c84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f42c95468084146"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb57e3d8e49804ec0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bc3e29c9f334a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f42c95468084146" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R739d4f41dd254234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb57e3d8e49804ec0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DBT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>108,271</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,150</x:t>
-[...156 lines deleted...]
-          <x:t>107,420</x:t>
+          <x:t>107,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>107,418</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>106,798</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>