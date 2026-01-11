--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0528117376274c84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea4dcc6036774fa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb57e3d8e49804ec0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re21f62a26aa440d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R739d4f41dd254234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb57e3d8e49804ec0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c04febe54654415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re21f62a26aa440d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DBT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>