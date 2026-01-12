--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea4dcc6036774fa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbecc53968e0f4bfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re21f62a26aa440d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R971377c1b1474509"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c04febe54654415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re21f62a26aa440d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37a8a940e59a4547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R971377c1b1474509" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DBT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>