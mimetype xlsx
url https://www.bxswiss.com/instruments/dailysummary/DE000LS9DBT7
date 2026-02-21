--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbecc53968e0f4bfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbb3edff3e1a4833" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R971377c1b1474509"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6dc1ba917a84e1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37a8a940e59a4547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R971377c1b1474509" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra511f0bb44a342f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6dc1ba917a84e1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DBT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>107,409</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>