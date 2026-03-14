--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbb3edff3e1a4833" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b9337b57acf4455" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6dc1ba917a84e1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2c72b665fc64094"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra511f0bb44a342f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6dc1ba917a84e1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6829f173a1514200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2c72b665fc64094" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DBT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,984</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>