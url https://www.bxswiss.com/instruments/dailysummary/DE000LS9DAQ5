--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9296d3abf3874f8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf02fa8cbb07d417b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R621733c52b064550"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R663847eed66846af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3169a83ce73a4e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R621733c52b064550" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R284591f02b9448a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R663847eed66846af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Expert tip</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,367</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>