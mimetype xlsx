--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf02fa8cbb07d417b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0112054861474f9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R663847eed66846af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9fc73786d7346a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R284591f02b9448a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R663847eed66846af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R916f38288f044ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9fc73786d7346a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Expert tip</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>237,745</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,170</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>259,294</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>