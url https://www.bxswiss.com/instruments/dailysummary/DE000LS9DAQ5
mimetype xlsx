--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0112054861474f9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeec37bf38694303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9fc73786d7346a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfed571fae93340d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R916f38288f044ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9fc73786d7346a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R139263d220de4a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfed571fae93340d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Expert tip</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>240,774</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>