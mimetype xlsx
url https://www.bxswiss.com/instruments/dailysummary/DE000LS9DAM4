--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R461a8953b5d54a95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd71edc034834537" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd73f159c5b5944e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d62603d04744ab4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6926d65154e4a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd73f159c5b5944e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R717a92b7b54e4137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d62603d04744ab4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte Sonderwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>115,136</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,925</x:t>
-[...87 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>114,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,648</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>114,633</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,600</x:t>
-[...102 lines deleted...]
-          <x:t>114,611</x:t>
+          <x:t>114,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,550</x:t>
-[...107 lines deleted...]
-          <x:t>114,648</x:t>
+          <x:t>114,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>