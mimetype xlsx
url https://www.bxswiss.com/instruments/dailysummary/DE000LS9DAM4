--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd71edc034834537" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2565daa4f06b48db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d62603d04744ab4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f059a7f817d4b6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R717a92b7b54e4137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d62603d04744ab4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ee1105302e24a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f059a7f817d4b6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte Sonderwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,739</x:t>
-[...4 lines deleted...]
-          <x:t>114,395</x:t>
+          <x:t>115,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,516</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>113,414</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>