--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2565daa4f06b48db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b0c4e98b76547a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f059a7f817d4b6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R842287cc4c344c68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ee1105302e24a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f059a7f817d4b6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R740a0a49468c4dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R842287cc4c344c68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte Sonderwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>