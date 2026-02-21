--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b0c4e98b76547a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c87b93964134a15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R842287cc4c344c68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca830f4c8fa04732"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R740a0a49468c4dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R842287cc4c344c68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R004be65865234ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca830f4c8fa04732" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte Sonderwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>114,063</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>