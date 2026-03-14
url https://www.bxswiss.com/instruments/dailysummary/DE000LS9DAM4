--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c87b93964134a15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05737d5acd364d85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca830f4c8fa04732"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0ee85132bb8443e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R004be65865234ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca830f4c8fa04732" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bcf3bb59e8a479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0ee85132bb8443e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte Sonderwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>