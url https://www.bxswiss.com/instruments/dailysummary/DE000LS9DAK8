--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red131f0983834b9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46253b5ca9ee48a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R486233228f584022"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf47d35440bd5434d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd922dc95cbe4bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R486233228f584022" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6daa08394d824ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf47d35440bd5434d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Aktien: Value Dynamisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,767</x:t>
-[...183 lines deleted...]
-          <x:t>67,759</x:t>
+          <x:t>68,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,707</x:t>
-[...139 lines deleted...]
-          <x:t>68,302</x:t>
+          <x:t>67,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>