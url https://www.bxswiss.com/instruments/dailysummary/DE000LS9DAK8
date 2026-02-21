--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46253b5ca9ee48a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe3bd36638a54257" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf47d35440bd5434d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cc176f42581481d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6daa08394d824ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf47d35440bd5434d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56af9d19834b484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cc176f42581481d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Aktien: Value Dynamisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>68,332</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...316 lines deleted...]
-          <x:t>69,972</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>