--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe3bd36638a54257" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67f51ee8206a4790" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cc176f42581481d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb444dff95bb54190"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56af9d19834b484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cc176f42581481d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5166db3bb6c54e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb444dff95bb54190" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Aktien: Value Dynamisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>69,419</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,684</x:t>
-[...300 lines deleted...]
-        <x:is>
           <x:t>70,088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,193</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>