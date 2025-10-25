--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fbad900459d4c55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60b48509cfd841b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34d4d03c53924213"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R422f419eec084818"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d9f87b493c24f7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34d4d03c53924213" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9913096fb244c83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R422f419eec084818" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Immobilien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,603 +149,198 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>106,345</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,769</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...393 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,261</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>