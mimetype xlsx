--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60b48509cfd841b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c7ba4ef43d14d76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R422f419eec084818"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30b7a269efd84c77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9913096fb244c83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R422f419eec084818" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R840b91bbe3074b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30b7a269efd84c77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Immobilien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>109,005</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>