--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c7ba4ef43d14d76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd1ab614066f48a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30b7a269efd84c77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83f47ed7a4a84801"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R840b91bbe3074b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30b7a269efd84c77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1b6eb072f654eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83f47ed7a4a84801" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Immobilien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,172</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>