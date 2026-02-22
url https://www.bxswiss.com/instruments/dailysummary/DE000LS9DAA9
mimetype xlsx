--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd1ab614066f48a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e34bc8aea5b4101" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83f47ed7a4a84801"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a65b9c1b3704407"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1b6eb072f654eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83f47ed7a4a84801" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf48b9b91a7974226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a65b9c1b3704407" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Immobilien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>105,718</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>