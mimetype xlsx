--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e34bc8aea5b4101" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f67273389f14f65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a65b9c1b3704407"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d668aa93ade4ab6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf48b9b91a7974226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a65b9c1b3704407" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b89db26dbb945d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d668aa93ade4ab6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Immobilien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>