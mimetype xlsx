--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43a87cce70a9491b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6d061f0744d4363" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1289c580da64448"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8ce0cde2251405d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bd769fd3c5f4475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1289c580da64448" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2da407cfb99a4e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8ce0cde2251405d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conservative long-term invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CZZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>190,421</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>