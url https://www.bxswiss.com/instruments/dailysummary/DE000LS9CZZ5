--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6d061f0744d4363" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf83e7234946d4a6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8ce0cde2251405d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda6a106c8f874236"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2da407cfb99a4e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8ce0cde2251405d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R329bbb2921b44528" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda6a106c8f874236" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conservative long-term invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CZZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,653 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>186,276</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>184,737</x:t>
-[...377 lines deleted...]
-          <x:t>187,831</x:t>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>