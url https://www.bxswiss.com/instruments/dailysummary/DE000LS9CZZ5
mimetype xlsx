--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf83e7234946d4a6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fefec76ff0e411c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda6a106c8f874236"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b3064e874064cda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R329bbb2921b44528" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda6a106c8f874236" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1593eb45b914190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b3064e874064cda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conservative long-term invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CZZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -771,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>