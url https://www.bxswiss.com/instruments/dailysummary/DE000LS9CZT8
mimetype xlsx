--- v0 (2025-10-03)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R953b2ba88a184ce3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e7568b6c12424f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c7f93b7579446af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R787dee98cc1c47ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd18e7654b5124478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c7f93b7579446af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae01ac5c8ed245bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R787dee98cc1c47ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 GE Equal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CZT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,291</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>