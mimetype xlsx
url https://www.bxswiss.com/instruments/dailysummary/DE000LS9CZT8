--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e7568b6c12424f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb417640b2b1a4229" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R787dee98cc1c47ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda281a49deb84273"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae01ac5c8ed245bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R787dee98cc1c47ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R702a0ff115d24aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda281a49deb84273" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 GE Equal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CZT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>145,458</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>