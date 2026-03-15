--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb417640b2b1a4229" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87d9ecc330cb4684" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda281a49deb84273"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f8352d041334abb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R702a0ff115d24aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda281a49deb84273" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra61ba8d873264077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f8352d041334abb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 GE Equal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CZT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>