--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa870d86ab184e3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra54e0b7205a547a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb12980ec6088479a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8582e7a112314397"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebc737c5e2c04b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb12980ec6088479a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2dd231fa7c649e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8582e7a112314397" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Giksi KGV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CZR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,853</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>