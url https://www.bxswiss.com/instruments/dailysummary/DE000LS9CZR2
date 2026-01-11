--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra54e0b7205a547a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49484f6c3ab941e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8582e7a112314397"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc275fccacb234a68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2dd231fa7c649e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8582e7a112314397" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfefe2da205084fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc275fccacb234a68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Giksi KGV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CZR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>128,664</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,507</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>130,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,737</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,257</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>