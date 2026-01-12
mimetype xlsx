--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49484f6c3ab941e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R792a83eeb43c489a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc275fccacb234a68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb88120a65dd045d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfefe2da205084fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc275fccacb234a68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c7cf8b20f7c4df5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb88120a65dd045d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Giksi KGV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CZR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>