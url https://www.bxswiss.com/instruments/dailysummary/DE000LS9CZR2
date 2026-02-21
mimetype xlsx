--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R792a83eeb43c489a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4781303a96f24391" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb88120a65dd045d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R172b67bc7566495a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c7cf8b20f7c4df5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb88120a65dd045d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dd9df0f792e44da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R172b67bc7566495a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Giksi KGV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CZR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>129,162</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>