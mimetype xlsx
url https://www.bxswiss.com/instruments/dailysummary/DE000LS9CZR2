--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4781303a96f24391" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f7349f964f34b2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R172b67bc7566495a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dba7479ea8544a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dd9df0f792e44da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R172b67bc7566495a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b29662f8ce4164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dba7479ea8544a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Giksi KGV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CZR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>