--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81c91f0593e84000" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94c079d5fcbc4299" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79210f0d96f94d83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc89c5701a105456e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73ecb9b700f54aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79210f0d96f94d83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57f8c2a3cfac411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc89c5701a105456e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Österreichische Industriegüter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CYH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,028</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>