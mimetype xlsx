--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94c079d5fcbc4299" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5baff536ac51476f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc89c5701a105456e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R656de2489b214886"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57f8c2a3cfac411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc89c5701a105456e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1409f13721e14e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R656de2489b214886" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Österreichische Industriegüter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CYH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>