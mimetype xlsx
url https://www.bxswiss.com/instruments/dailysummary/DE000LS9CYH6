--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5baff536ac51476f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R622ad902711d4637" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R656de2489b214886"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0cfd0fb0d674ead"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1409f13721e14e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R656de2489b214886" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d04ab7769494be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0cfd0fb0d674ead" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Österreichische Industriegüter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CYH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>135,188</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>