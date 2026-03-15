--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R622ad902711d4637" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bfc1e1bbd8046c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0cfd0fb0d674ead"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73d20c8d53ed4cd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d04ab7769494be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0cfd0fb0d674ead" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82fe4e66ba624e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73d20c8d53ed4cd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Österreichische Industriegüter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CYH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,289</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>