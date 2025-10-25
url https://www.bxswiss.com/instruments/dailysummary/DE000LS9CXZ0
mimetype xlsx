--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1baa8b070e454c8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff6eeb0e0b44d59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6ba2d080842466d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dd4e6017b6b46dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b39f76945214f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6ba2d080842466d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb508b9c72f224840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dd4e6017b6b46dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>