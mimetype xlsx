--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff6eeb0e0b44d59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c62e514d4664e31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dd4e6017b6b46dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra07259bddf174303"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb508b9c72f224840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dd4e6017b6b46dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb660b2faa1354031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra07259bddf174303" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>340,934</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>