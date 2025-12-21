--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c62e514d4664e31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9926d7fd12c84e86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra07259bddf174303"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R017a72af51f84a31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb660b2faa1354031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra07259bddf174303" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R257729a5ce244bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R017a72af51f84a31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,326</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>