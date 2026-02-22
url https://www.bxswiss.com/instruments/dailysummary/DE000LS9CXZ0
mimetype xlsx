--- v3 (2025-12-21)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9926d7fd12c84e86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dff898bbff64554" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R017a72af51f84a31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf13c48eb9ca842ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R257729a5ce244bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R017a72af51f84a31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R118292e205ff4409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf13c48eb9ca842ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>354,519</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>