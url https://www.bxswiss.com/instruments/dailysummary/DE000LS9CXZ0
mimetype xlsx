--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dff898bbff64554" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71e1ba9af709443f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf13c48eb9ca842ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ffd12dbdfb14538"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R118292e205ff4409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf13c48eb9ca842ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc6e6b049ed454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ffd12dbdfb14538" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,222 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>345,348</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,598</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>350,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>348,773</x:t>
-[...285 lines deleted...]
-        <x:is>
           <x:t>349,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,641</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>